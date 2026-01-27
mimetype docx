--- v0 (2025-11-29)
+++ v1 (2026-01-27)
@@ -113,51 +113,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="213A621D" w14:textId="2CE6FC6B" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>中子捕獲治療研究學會年會暨第六屆第二次會員大會</w:t>
+              <w:t>台灣神經影像聯合討論會 (第38次)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A3308E" w14:paraId="167169AC" w14:textId="77777777" w:rsidTr="00C12FF7">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48BE982D" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
@@ -179,51 +179,51 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52E0D5A8" w14:textId="6A72354E" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>臺北榮民總醫院致德樓第三會議室</w:t>
+              <w:t>視訊會議</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A3308E" w14:paraId="3F7EFFD3" w14:textId="77777777" w:rsidTr="00C12FF7">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17EFA495" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
@@ -247,65 +247,65 @@
           <w:tcPr>
             <w:tcW w:w="8460" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F89AB57" w14:textId="29FF3717" w:rsidR="00A3308E" w:rsidRDefault="00CC5BBF" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2026/01/17 08:30</w:t>
+              <w:t>2026/01/22 19:00</w:t>
             </w:r>
             <w:r w:rsidR="00A3308E">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> 至 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>2026/01/17 12:00</w:t>
+              <w:t>2026/01/22 20:00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A3308E" w14:paraId="2140AAB1" w14:textId="77777777" w:rsidTr="00C12FF7">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0629059E" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
@@ -332,51 +332,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EC92835" w14:textId="0E29E20F" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>台灣中子捕獲治療研究學會</w:t>
+              <w:t>中華民國核醫學學會神經委員會</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="361860BB" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -392,51 +392,51 @@
             <w:tcW w:w="3680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6043B9ED" w14:textId="28DAA8C5" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>臺北榮民總醫院重粒子及放射腫瘤部、財團法人臺灣先端放射醫學治癌基金會</w:t>
+              <w:t>台灣臨床失智症學會/台灣神經學學會/台灣老年精神醫學會</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A3308E" w14:paraId="07CFF669" w14:textId="77777777" w:rsidTr="00C12FF7">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="48E109DD" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
@@ -479,51 +479,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C443AA6" w14:textId="2352EEFF" w:rsidR="00A3308E" w:rsidRDefault="00CC5BBF" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0972355521</w:t>
+              <w:t>02-28757301轉500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="608AEA90" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -634,51 +634,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5F49BBEB" w14:textId="0B18FC51" w:rsidR="00A3308E" w:rsidRDefault="00CC5BBF" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>李家誠</w:t>
+              <w:t>李哲皓</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2ABB12A5" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -693,51 +693,51 @@
           <w:tcPr>
             <w:tcW w:w="3680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65C70979" w14:textId="20E7C2A4" w:rsidR="00A3308E" w:rsidRDefault="00CC5BBF" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>taiwan.bnct@gmail.com</w:t>
+              <w:t>jauleejaulee@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A3308E" w14:paraId="726806EB" w14:textId="77777777" w:rsidTr="00C12FF7">
         <w:trPr>
           <w:trHeight w:val="345"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23D57E8A" w14:textId="661D0140" w:rsidR="00A3308E" w:rsidRDefault="0092501E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
@@ -762,51 +762,51 @@
             <w:tcW w:w="3680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5064298E" w14:textId="2E91D446" w:rsidR="00A3308E" w:rsidRDefault="00CC5BBF" w:rsidP="00C12FF7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>核彥字第A1140002號</w:t>
+              <w:t>核彥字第B1150005號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2D9B19FC" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="auto"/>
               <w:jc w:val="distribute"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cs="新細明體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -820,51 +820,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32409384" w14:textId="2F6DD07F" w:rsidR="00A3308E" w:rsidRDefault="00CC5BBF" w:rsidP="00C12FF7">
             <w:pPr>
               <w:spacing w:line="0" w:lineRule="atLeast"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1BDE48A7" w14:textId="77777777" w:rsidR="00A3308E" w:rsidRDefault="00A3308E" w:rsidP="00A3308E">
       <w:pPr>
         <w:spacing w:line="540" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="36"/>
         </w:rPr>